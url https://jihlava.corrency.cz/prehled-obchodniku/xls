--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -7,560 +7,677 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="209">
   <si>
     <t xml:space="preserve">33. přední hlídka Royal Rangers Jihlava 3</t>
   </si>
   <si>
     <t xml:space="preserve">Seifertova 1741/13</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.royalrangers.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Aqua club ORCA, s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Smetanova 1061/8</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.orcaclub.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Atletika Jihlava z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Evžena Rošického 2684/6</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atletikajihlava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Baseballový klub Ježci Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Demlova 34</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Baseball-ji.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Basketbalový klub Jihlava z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Evžena Rošického 2684/6</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bcvysocina.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">BOGI SPORT Jihlava - ZŠ Křížová</t>
   </si>
   <si>
     <t xml:space="preserve">Křížová 1367</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bogi-sport.cz/strediska/jihlava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Český Gymnathlon, z.s. - OA, VOŠZ a SZŠ, SOŠS Jihlava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Husova 1671/54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jihlava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gymnathlon.cz/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Český Gymnathlon, z.s. - SŠ průmyslová, technická a automobilní Jihlava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tř. Legionářů 1572/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jihlava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gymnathlon.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">DUKLA Jihlava - mládež, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Tolstého 4679/21</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hcdukla.cz/KCTM.asp</t>
+  </si>
+  <si>
     <t xml:space="preserve">Elitavers - Sportovní akademie Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Poláčkova 5107/10</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.elitavers.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fotbalový klub mládeže VYSOČINA JIHLAVA, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Jiráskova 2603/69</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fcvysocina.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Gymnastika pro děti - SOŠ sociální u Matky Boží</t>
   </si>
   <si>
     <t xml:space="preserve">Fibichova 978/67</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.gymnastikaprodeti.org/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Gymnastika pro děti - ZŠ Havlíčkova</t>
   </si>
   <si>
     <t xml:space="preserve">Havlíčkova 234/71</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.gymnastikaprodeti.org/</t>
+  </si>
+  <si>
     <t xml:space="preserve">HCD - mládež s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Pávovská 913/12</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Horácké divadlo Jihlava, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Komenského 1359/22</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hdj.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Horolezecký klub Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Buková 574/7</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava - Horní Kosov</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/groups/424597544370826</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hotch-Potch z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Riegrova 4425/19</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hotchpotch.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Javořice, z.s. - oddíl Vlčata</t>
   </si>
   <si>
     <t xml:space="preserve">Minoritské náměstí 1158/1</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.oddilvlcata.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">JCA Legends, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Jarní 396/19</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava - Horní Kosov</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://jcalegends.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jihlavský plavecký klub, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Evžena Rošického 2684/6</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.jpkcz.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Junák - český skaut, středisko Zvon Jihlava, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Dělnická 317/7</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.skautjihlava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Klubik Jája</t>
   </si>
   <si>
     <t xml:space="preserve">Benešova 2</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.klubikjaja.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lenka Líbalová</t>
   </si>
   <si>
     <t xml:space="preserve">Česká 632/9</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava - Horní Kosov</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=100008062515162</t>
+  </si>
+  <si>
     <t xml:space="preserve">NART DANCE SCHOOL , z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Fügnerova 3244/23</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nartdanceschool.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Orel jednota Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">Březinova 4060/132</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.stolnitenis.oreljihlava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Školní sportovní klub Demlova Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Demlova 4178/32</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/share/dnyMm9KiTgcpWXUP/?mibextid=LQQJ4d</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sportovní klub Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Okružní 4628/2</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.skjihlava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sportovní klub OK Jihlava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Evžena Rošického 2684/6</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://okjihlava.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Taneční sál Nart dance school</t>
   </si>
   <si>
     <t xml:space="preserve">Křižíkova 552/17</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nartdanceschool.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Bedřichov</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolovská 4656/122</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sokolbedrichov.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">Tyršova 1565/12</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sokoljihlava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Trdlohrátky - Stanislava Hubená</t>
   </si>
   <si>
     <t xml:space="preserve">Chlumova 5429/1a</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.trdlohratky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tvůj rozlet s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Tolstého 1454/10</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Veselá věda kroužky a tábory, středisko volného času z.ú.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Demlova 34</t>
+    <t xml:space="preserve">https://www.tvujrozlet.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vodní sporty s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stamicova 5689/2</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">Vodní sporty s.r.o.</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+    <t xml:space="preserve">https://www.vodnisporty.eu</t>
   </si>
   <si>
     <t xml:space="preserve">Vysočina Gladiators z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Na Dolech 5150/89</t>
   </si>
   <si>
     <t xml:space="preserve">Jihlava</t>
   </si>
   <si>
     <t xml:space="preserve">58601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.goglads.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -568,621 +685,950 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>49.3931068</v>
+      </c>
+      <c r="G1" s="0">
+        <v>15.5830862</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>49.3933693</v>
+      </c>
+      <c r="G2" s="0">
+        <v>15.5900417</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>49.4020077</v>
+      </c>
+      <c r="G3" s="0">
+        <v>15.5711746</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>49.4020891</v>
+      </c>
+      <c r="G4" s="0">
+        <v>15.6084602</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>49.4020077</v>
+      </c>
+      <c r="G5" s="0">
+        <v>15.5711746</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>49.3989445</v>
+      </c>
+      <c r="G6" s="0">
+        <v>15.5902217</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>49.396421</v>
+      </c>
+      <c r="G7" s="0">
+        <v>15.5852483</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>49.3989652</v>
+      </c>
+      <c r="G8" s="0">
+        <v>15.5865774</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>52</v>
+      </c>
+      <c r="F9" s="0">
+        <v>49.3986821</v>
+      </c>
+      <c r="G9" s="0">
+        <v>15.5836016</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>58</v>
+      </c>
+      <c r="F10" s="0">
+        <v>49.4058739</v>
+      </c>
+      <c r="G10" s="0">
+        <v>15.5619746</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>64</v>
+      </c>
+      <c r="F11" s="0">
+        <v>49.4027317</v>
+      </c>
+      <c r="G11" s="0">
+        <v>15.5736763</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>70</v>
+      </c>
+      <c r="F12" s="0">
+        <v>49.392467</v>
+      </c>
+      <c r="G12" s="0">
+        <v>15.5887173</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>76</v>
+      </c>
+      <c r="F13" s="0">
+        <v>49.4089615</v>
+      </c>
+      <c r="G13" s="0">
+        <v>15.5913638</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>82</v>
+      </c>
+      <c r="F14" s="0">
+        <v>49.4256638</v>
+      </c>
+      <c r="G14" s="0">
+        <v>15.6015123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>87</v>
+      </c>
+      <c r="F15" s="0">
+        <v>49.3979823</v>
+      </c>
+      <c r="G15" s="0">
+        <v>15.5894058</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>93</v>
+      </c>
+      <c r="F16" s="0">
+        <v>49.4053575</v>
+      </c>
+      <c r="G16" s="0">
+        <v>15.5575349</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="F17" s="0">
+        <v>49.4121731</v>
+      </c>
+      <c r="G17" s="0">
+        <v>15.5931317</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>105</v>
+      </c>
+      <c r="F18" s="0">
+        <v>49.3948679</v>
+      </c>
+      <c r="G18" s="0">
+        <v>15.5881273</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>111</v>
+      </c>
+      <c r="F19" s="0">
+        <v>49.4052495</v>
+      </c>
+      <c r="G19" s="0">
+        <v>15.5586073</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>117</v>
+      </c>
+      <c r="F20" s="0">
+        <v>49.4020077</v>
+      </c>
+      <c r="G20" s="0">
+        <v>15.5711746</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>123</v>
+      </c>
+      <c r="F21" s="0">
+        <v>49.4073577</v>
+      </c>
+      <c r="G21" s="0">
+        <v>15.5978128</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>129</v>
+      </c>
+      <c r="F22" s="0">
+        <v>49.3965232</v>
+      </c>
+      <c r="G22" s="0">
+        <v>15.5887987</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>135</v>
+      </c>
+      <c r="F23" s="0">
+        <v>49.4059249</v>
+      </c>
+      <c r="G23" s="0">
+        <v>15.5498474</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>141</v>
+      </c>
+      <c r="F24" s="0">
+        <v>49.4113344</v>
+      </c>
+      <c r="G24" s="0">
+        <v>15.5870263</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>147</v>
+      </c>
+      <c r="F25" s="0">
+        <v>49.4028686</v>
+      </c>
+      <c r="G25" s="0">
+        <v>15.6021954</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>153</v>
+      </c>
+      <c r="F26" s="0">
+        <v>49.4023228</v>
+      </c>
+      <c r="G26" s="0">
+        <v>15.6074824</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>157</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>159</v>
+      </c>
+      <c r="F27" s="0">
+        <v>49.4045829</v>
+      </c>
+      <c r="G27" s="0">
+        <v>15.5933015</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>163</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>165</v>
+      </c>
+      <c r="F28" s="0">
+        <v>49.4020077</v>
+      </c>
+      <c r="G28" s="0">
+        <v>15.5711746</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>170</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>171</v>
+      </c>
+      <c r="F29" s="0">
+        <v>49.3933824</v>
+      </c>
+      <c r="G29" s="0">
+        <v>15.5968264</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>177</v>
+      </c>
+      <c r="F30" s="0">
+        <v>49.4154097</v>
+      </c>
+      <c r="G30" s="0">
+        <v>15.5929817</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>183</v>
+      </c>
+      <c r="F31" s="0">
+        <v>49.3987756</v>
+      </c>
+      <c r="G31" s="0">
+        <v>15.5843242</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>185</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>186</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>187</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>189</v>
+      </c>
+      <c r="F32" s="0">
+        <v>49.4016333</v>
+      </c>
+      <c r="G32" s="0">
+        <v>15.5872549</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>191</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>192</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>193</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>195</v>
+      </c>
+      <c r="F33" s="0">
+        <v>49.399762</v>
+      </c>
+      <c r="G33" s="0">
+        <v>15.5867039</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
+        <v>201</v>
+      </c>
+      <c r="F34" s="0">
+        <v>49.4177322</v>
+      </c>
+      <c r="G34" s="0">
+        <v>15.5928414</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F35" s="0">
+        <v>49.4086201</v>
+      </c>
+      <c r="G35" s="0">
+        <v>15.5666076</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>